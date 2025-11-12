--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -2856,78 +2856,78 @@
             <x14:dataBar minLength="0" maxLength="100" border="1" gradient="0" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FFED9D9B"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>C68:C79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{8DADE4BE-191E-4A96-91F5-C800E0B77060}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF63C384"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>D68:D79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="5" id="6007A4D1-207E-498C-9E06-E6C634CFCF75">
+          <x14:cfRule type="iconSet" priority="5" id="5C93772A-99AC-4780-8E03-97C206EBBC9B">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>20</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>40</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>60</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>80</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Flags" iconId="0"/>
               <x14:cfIcon iconSet="4Arrows" iconId="1"/>
               <x14:cfIcon iconSet="3Triangles" iconId="1"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Flags" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>H68:H79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="3" id="7ED9C832-CC50-48BF-81EA-19AF60B27F0E">
+          <x14:cfRule type="iconSet" priority="3" id="AED19856-5E45-450A-A065-C0B9B6E71B3C">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>2</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Arrows" iconId="0"/>
               <x14:cfIcon iconSet="4ArrowsGray" iconId="2"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Arrows" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>I68:I79</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>