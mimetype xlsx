--- v1 (2025-11-12)
+++ v2 (2025-12-22)
@@ -2856,78 +2856,78 @@
             <x14:dataBar minLength="0" maxLength="100" border="1" gradient="0" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FFED9D9B"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>C68:C79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{8DADE4BE-191E-4A96-91F5-C800E0B77060}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF63C384"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>D68:D79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="5" id="5C93772A-99AC-4780-8E03-97C206EBBC9B">
+          <x14:cfRule type="iconSet" priority="5" id="E4881B1A-F58A-40B4-A189-84FC346C940C">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>20</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>40</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>60</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>80</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Flags" iconId="0"/>
               <x14:cfIcon iconSet="4Arrows" iconId="1"/>
               <x14:cfIcon iconSet="3Triangles" iconId="1"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Flags" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>H68:H79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="3" id="AED19856-5E45-450A-A065-C0B9B6E71B3C">
+          <x14:cfRule type="iconSet" priority="3" id="9F8B15E2-B979-441A-8ABB-709EFE0ECC24">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>2</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Arrows" iconId="0"/>
               <x14:cfIcon iconSet="4ArrowsGray" iconId="2"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Arrows" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>I68:I79</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>