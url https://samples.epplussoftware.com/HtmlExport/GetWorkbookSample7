--- v2 (2025-12-22)
+++ v3 (2026-01-14)
@@ -2856,78 +2856,78 @@
             <x14:dataBar minLength="0" maxLength="100" border="1" gradient="0" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FFED9D9B"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>C68:C79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{8DADE4BE-191E-4A96-91F5-C800E0B77060}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF63C384"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>D68:D79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="5" id="E4881B1A-F58A-40B4-A189-84FC346C940C">
+          <x14:cfRule type="iconSet" priority="5" id="D49EE0A7-C985-4BB4-9C2F-B510AB9DF610">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>20</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>40</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>60</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>80</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Flags" iconId="0"/>
               <x14:cfIcon iconSet="4Arrows" iconId="1"/>
               <x14:cfIcon iconSet="3Triangles" iconId="1"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Flags" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>H68:H79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="3" id="9F8B15E2-B979-441A-8ABB-709EFE0ECC24">
+          <x14:cfRule type="iconSet" priority="3" id="6079F106-0198-45AD-87F7-EC1FD59AFE4C">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>2</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Arrows" iconId="0"/>
               <x14:cfIcon iconSet="4ArrowsGray" iconId="2"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Arrows" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>I68:I79</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>