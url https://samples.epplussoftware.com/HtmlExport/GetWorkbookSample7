--- v3 (2026-01-14)
+++ v4 (2026-02-22)
@@ -2856,78 +2856,78 @@
             <x14:dataBar minLength="0" maxLength="100" border="1" gradient="0" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FFED9D9B"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>C68:C79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{8DADE4BE-191E-4A96-91F5-C800E0B77060}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF63C384"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>D68:D79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="5" id="D49EE0A7-C985-4BB4-9C2F-B510AB9DF610">
+          <x14:cfRule type="iconSet" priority="5" id="870CA388-F811-4D90-83EA-2437EBE47193">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>20</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>40</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>60</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>80</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Flags" iconId="0"/>
               <x14:cfIcon iconSet="4Arrows" iconId="1"/>
               <x14:cfIcon iconSet="3Triangles" iconId="1"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Flags" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>H68:H79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="3" id="6079F106-0198-45AD-87F7-EC1FD59AFE4C">
+          <x14:cfRule type="iconSet" priority="3" id="E96D29A8-E1DB-4210-A130-F42865E2683B">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>2</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Arrows" iconId="0"/>
               <x14:cfIcon iconSet="4ArrowsGray" iconId="2"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Arrows" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>I68:I79</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>