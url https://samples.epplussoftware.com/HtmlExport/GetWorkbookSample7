--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -2856,78 +2856,78 @@
             <x14:dataBar minLength="0" maxLength="100" border="1" gradient="0" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FFED9D9B"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>C68:C79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="dataBar" id="{8DADE4BE-191E-4A96-91F5-C800E0B77060}">
             <x14:dataBar minLength="0" maxLength="100" border="1" negativeBarBorderColorSameAsPositive="0">
               <x14:cfvo type="autoMin"/>
               <x14:cfvo type="autoMax"/>
               <x14:borderColor rgb="FF63C384"/>
               <x14:negativeFillColor rgb="FFFF0000"/>
               <x14:negativeBorderColor rgb="FFFF0000"/>
               <x14:axisColor rgb="FF000000"/>
             </x14:dataBar>
           </x14:cfRule>
           <xm:sqref>D68:D79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="5" id="870CA388-F811-4D90-83EA-2437EBE47193">
+          <x14:cfRule type="iconSet" priority="5" id="B3627D00-E2CF-4ADD-AFE3-38CE4C34E2B9">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>20</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>40</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>60</xm:f>
               </x14:cfvo>
               <x14:cfvo type="percent">
                 <xm:f>80</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Flags" iconId="0"/>
               <x14:cfIcon iconSet="4Arrows" iconId="1"/>
               <x14:cfIcon iconSet="3Triangles" iconId="1"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Flags" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>H68:H79</xm:sqref>
         </x14:conditionalFormatting>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-          <x14:cfRule type="iconSet" priority="3" id="E96D29A8-E1DB-4210-A130-F42865E2683B">
+          <x14:cfRule type="iconSet" priority="3" id="1444EEAD-2D0B-4CC2-A671-FF9AB93339FD">
             <x14:iconSet custom="1">
               <x14:cfvo type="percent">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>0</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>1</xm:f>
               </x14:cfvo>
               <x14:cfvo type="num">
                 <xm:f>2</xm:f>
               </x14:cfvo>
               <x14:cfIcon iconSet="3Arrows" iconId="0"/>
               <x14:cfIcon iconSet="4ArrowsGray" iconId="2"/>
               <x14:cfIcon iconSet="4Arrows" iconId="2"/>
               <x14:cfIcon iconSet="3Arrows" iconId="2"/>
             </x14:iconSet>
           </x14:cfRule>
           <xm:sqref>I68:I79</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>